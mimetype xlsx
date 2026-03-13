--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>조혜영||양계민||김승경</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:47:17Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:47:17Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:47:17Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목 차
 Ⅰ. 서론
  1. 연구목적 및 필요성
  2. 연구내용
  3. 연구 추진 방법
 Ⅱ. 연구배경
  1. 다문화사회의 전개 및 전망
  2. 국내외 연구동향
  3. 다문화교육 프로그램 관련 연구 현황
 Ⅲ. 다문화 관련 프로그램 및 요구도 분석
  1. 다문화 관련 프로그램 현황 및 분석
   1) 일반 국민 대상 프로그램
   2) 청소년 대상 프로그램
   3) 공무원 대상 프로그램
   4) 다문화 관련 시설 종사자 대상 프로그램
   5) 다문화가족 구성원 대상 프로그램