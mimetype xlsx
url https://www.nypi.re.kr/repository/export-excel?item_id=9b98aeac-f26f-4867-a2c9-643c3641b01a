--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>김현철</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:07:20Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:07:20Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:07:20Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>제Ⅰ장 연구의 개요	 1
 1. 연구의 목적	 4
 2. 연구의 범위 및 내용	 5
 3. 연구의 방법 및 절차	 6
 제Ⅱ장 청소년활동정책 환경분석	 9
 1. 청소년정책기본계획의 기본방향과 대응	 13
 2. 경기도 종합계획 및 경기도 아동청소년 기본계획의 기본방향과 대응	 22
 제Ⅲ장 군포시 청소년정책 환경분석	 27
 1. 군포시 청소년 인구 현황	 31
 2. 군포시 교육 현황	 35
 3. 경기도 청소년 활동분야 사업예산	 37
 4. 경기지역 유사 재단 현황 분석	 44
 제Ⅳ장 군포시 청소년 요구분석 및 시설이용자 실태조사	 63
 1. 군포시 거주 청소년 대상 요구조사 분석	 66
 2. 군포시청소년수련시설 이용자 대상 실태조사 분석	 79
 제Ⅴ장 군포시 청소년활동본부 직원의 요구분석	 97