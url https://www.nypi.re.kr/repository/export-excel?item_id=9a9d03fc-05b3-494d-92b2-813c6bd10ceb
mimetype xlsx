--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>연보라||김정숙||신동훈||김재우</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:12:23Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:12:23Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:12:23Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서  론	
   1. 연구의 필요성 및 목적	
   2. 연구내용	
   3. 연구추진체계 및 추진 절차	
 Ⅱ. 인천 다문화교육 정책 중장기 발전방안 마련	
   1. 인천 다문화교육 관련 정책 및 사업, 인프라 현황 분석	
   2. 인천광역시교육청 및 타 지역 다문화교육 정책 분석	
   3. 다문화교육 정책 담당 부서의 조직 진단과 개선 방안	
   4. 인천 다문화교육 정책 중장기 발전방안에 대한 현장 설문조사 결과	
   5. 인천광역시교육청 다문화교육 정책 중장기 발전방안에 대한 전문가 델파이조사 결과	
    1) 1차 조사	
    2) 2차 조사	
   6. 인천 다문화교육 정책 중장기 발전방안	
    1) 인천광역시 다문화교육 정책의 한계점	
    2) 인천광역시교육청 다문화교육 정책의 기본 방향	
    3) 인천광역시교육청 다문화교육 정책 중장기 발전 방안	