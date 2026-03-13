--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>김지연</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:08:03Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:08:03Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:08:03Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서론
    1. 연구목적 및 배경
    2. 연구방법 및 주요내용
    3. 연구추진체계 및 매뉴얼 개발절차
 Ⅱ. 자립지원전담기관 설치 및 운영 여건
    1. 법령 및 자치법규
    2. 자립지원전담기관 설치 및 자립지원전담요원 배치 연황
    3. 국내.외 자립지원기관 운영사례
    4. 소결
 Ⅲ. 자립지원전담기관 업무 및 환경 분석
    1. 조사개요
    2. 자립지원전담요원의 전담기관에 대한 지원요구
    3. 자립지원전담기관의 업무 및 운영실태: FGD 결과를 중심으로
    4. 시.도 자립지원전담기관 운영사례
    5. 소결
 Ⅳ. 자립지원전담기관 업무표준(안) 개발