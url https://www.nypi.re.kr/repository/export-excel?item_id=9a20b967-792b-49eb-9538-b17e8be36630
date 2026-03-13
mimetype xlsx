--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>양계민</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:45:25Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:45:25Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2008</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>청소년방과후아카데미 참여 청소녀의 프로그램 효과성을 분석하고 청소년, 학부모, 교강사들의 만족도 및 요구를 분석함으로써 사업의 효과성 및 필요성을 검증한다.
 분석결과를 토대로 청소년방과후아카데미 프로그램의 운영 및 관리, 평가방법의 질적 개선을 도모하고, 나아가 청소년방과후아카데미 프로그램의 보다 발전된 운영모델을 파악하며, 사업의 확대 및 효율적 운영을 위한 기초자료를 제공하는 데 그 목적이 있다.</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:45:25Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서론
  1. 연구의 목적
  2. 연구의 내용
  3. 연구의 방법
 Ⅱ. 이론적 고찰
  1. 청소년방과후아카데미사업의 의의
  2. 청소년방과후아카데미 사업의 목적
  3. 청소년방과후아카데미 추진과정
  4. 청소년방과후아카데미 사업내용
  5. 청소년방과후아카데미 사업현황
 Ⅲ. 청소년방과후아카데미 효과·만족도 조사 결과