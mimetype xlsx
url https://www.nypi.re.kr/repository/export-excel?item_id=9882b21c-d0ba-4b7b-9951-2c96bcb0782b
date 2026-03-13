--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>한국청소년정책연구원 학교폭력예방교육지원센터</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:12:22Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:12:22Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:12:22Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ 학교폭력 예방교육 개요 5
   1. 학교폭력 예방교육 필요성 7
   2. 학교폭력 예방교육 및 활동 운영 체계 11
     1) 어울림 프로그램 12
     2) 어깨동무활동 17
   3. 학교폭력 예방교육 운영 중점사항 21
   4. 학교장 자체해결제 도입에 따른 어울림 프로그램 활용방안 22
     1) 추진 배경 및 근거 22
     2) 학교장 자체해결제와 관련된 어울림 프로그램 활용의 추진 목적 22
     3) 어울림 프로그램 활용 방침 23
 Ⅱ 어울림 프로그램 교육과정 편성 및 운영 절차 25
   1. 교육과정 편성 마인드 맵 27
   2. 교육과정 편성 절차 28
     1) 교육과정 편성 절차 28
     2) 교육과정 편성 시 권장 사항 28
     3) 교육과정 편성 유형 29