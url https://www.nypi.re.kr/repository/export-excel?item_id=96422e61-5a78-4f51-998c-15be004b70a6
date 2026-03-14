--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>국가청소년위원회</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:44:42Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:44:42Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2007</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:44:42Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목 차 
 Ⅰ. 추진배경 및 경위
 Ⅱ. 청소년을 둘러싼 사회 환경의 변화 분석
 Ⅲ. 새로운 청소년 정책 패러다임의 모색
 Ⅳ. 청소년 희망세상 2030 비전과 과제
 Ⅴ. 보론: 청소년 참여·인권 환경의 변화와 미래 예측
 참고문헌
 부록
 1. 전문가 100명 의견조사 설문지
 2. 전문가패널 1차 델파이조사 설문지
 3. 전문가패널 2차 델파이조사 설문지
 4. 수요자 중심의 과제 영역 및 성과지표
 5. 2030년 청소년의 미래상</t>
         </is>
       </c>
       <c r="T2"/>