--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>조혜영||양계민</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:05:29Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:05:29Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:05:29Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목차
 Ⅰ. 서론
    1. 연구의 필요성 및 목적
    2. 주요 연구 및 과업 내용
    3. 추진 방법
 Ⅱ. 선행연구 고찰
    1. 청소년의 정의 및 특성
    2. 청소년의 생활환경과 심리상태
    3. 청소년활동으로서의 정체성 확립
    4. 템플스테이 프로그램과 청소년 건정 성장
 Ⅲ. 요구도 조사
    1. 설문조사 결과
    2. 면접조사 결과
 Ⅳ. 가족 및 청소년 템플스테이 프로그램 개발
    1. 프로그램 개발 원리
    2. 기본 프로그램 개발