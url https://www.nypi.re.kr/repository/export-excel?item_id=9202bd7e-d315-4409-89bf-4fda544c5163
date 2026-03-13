--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>최창욱||문호영</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:11:45Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:11:45Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:11:45Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서론
    1. 연구의 필요성 및 목적
    2. 연구내용 및 연구방법
    3. 연구추진체계
    4. 기대효과 및 활용방안
 Ⅱ. 청소년활동 진흥법 분석
    1. "청소년활동 진흥법" 의 개관
    2. "청소년활동 진흥법"의 주요 현안
    3. 청소년 주도적 활동을 위한 청소년시설 외국사례
 Ⅲ. 청소년정책 패러다임 변화와 관련 법령체계 분석
    1. 청소년정책 패러다임의 변화와 관련 법령의 체계 분석
    2. 법체계 정비를 위한 유사사례
    3. 청소년 주도 활동 활성화를 위한 법제도 개선방향
 Ⅳ. 청소년활동 진흥법 개정방안
    1. "청소년활동 진흥법" 의 개정방향
    2. "청소년활동 진흥법"의 주요 개정방안