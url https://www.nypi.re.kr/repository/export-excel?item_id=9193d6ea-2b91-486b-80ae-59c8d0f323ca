--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>한국청소년개발원</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:05:33Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:05:33Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2000</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>이 연구는 "인천시 청소년보호·육성종합계획"에 따라 조성하고자 하는 [청소년문화Zone사업]의 추진을 위해
 1) 지역 여건 등 기초 조사 및 수요자들의 문화 실태, 욕구 분석 2) 사업의 체계적인 추진과 효과적인 추진 방안 개발 3) 지역별, 지역간 연계를 위해 실제 적용 가능한 운영 모형을 개발하여 종합계획과 세부적인 시책 사업을 제안하는 데 목적을 두고 있다.</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:05:33Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목 차
 Ⅰ. 청소년문화zone 조성 사업 개요
 1. 청소년문화zone의 의의
 2. 사업목적
 3. 사업추진 방향 및 전략
 4. 대상지역선정
 Ⅱ. 사업환경 및 타당도 분석
 1. 지역실태 및 환경조사
 2. 수요자 욕구 및 의견조사
 3. 관련계획 및 법령 분석
 4. 국내외 사례분석