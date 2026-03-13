--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>최용환||최창욱||좌동훈||문호영||정은진</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:07:20Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:07:20Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:07:20Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 평가개요	 1
 1. 추진근거	 3
 2. 평가의 목적	 3
 3. 평가대상의 그룹화	 4
 4. 평가대상의 현황	 4
 5. 평가방법	 6
 Ⅱ. 평가지표 설명	 7
 1. 공통지표	 9
 2.「A」그룹개별지표	 22
 3.「B」그룹개별지표	 24
 4.「C」그룹개별지표	 46
 Ⅲ. 평가결과	 67
 Ⅳ. 정책제언	 77
 1. A그룹에 대한 제언	 79
 2. B그룹에 대한 제언	 81
 3. C그룹에 대한 제언	 81