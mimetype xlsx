--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>양계민</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:07:20Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:07:20Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:07:20Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서  론	1
 1. 연구의 배경 및 목적	3
 2. 연구의 내용	4
 3. 연구방법	4
 Ⅱ. 청소년방과후아카데미 운영현황	7
 1. 청소년방과후아카데미 사업의 목적 및 법적 근거	9
 2. 청소년방과후아카데미 사업내용	11
 3. 청소년방과후아카데미 추진방향 및 추진경과	12
 4. 청소년방과후아카데미 사업현황	16
 Ⅲ. 청소년방과후아카데미 효과․만족도 설문조사결과	21
 1. 조사개요	23
 2. 청소년 만족도	26
 3. 청소년 효과성	33
 4. 학부모 만족도	42
 5. 지도자 만족도	47
 6. 지도자 특성과 청소년 만족도의 관계	59