--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>연보라||좌동훈||장윤선||김재우||오성배||장흔성</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:12:25Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:12:25Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:12:25Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 연구개요	1
  1. 연구의 필요성 및 목적	3
  2. 연구 내용	5
  3. 연구추진 절차 및 방법	8
 Ⅱ. 시범사업 모니터링	11
  1. 개요	13
  2. 방법 및 절차	14
  3. 모니터링 추진 내용	16
  4. 요약 및 시사점	33
 Ⅲ. 제3장 지방자치단체별 시범사업 운영현황	37
  1. 안산시	39
  2. 화성시	55
 Ⅳ. 운영매뉴얼 개정	73
  1. 개요	75
  2. 방법 및 절차	76
  3. 운영매뉴얼 개정 결과	76