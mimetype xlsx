--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>서정아||조아미</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2024-04-30T21:00:10Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2024-04-30T21:00:10Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2024-04-30T21:00:10Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>제1장 서 론    1
  1. 연구의 필요성 및 목적    3
  2. 연구내용 및 방법    5
 제2장 이론적 배경    7
  1. 가족돌봄 청소년    9
  2. 은둔형 청소년    11
  3. 채무상속 위기청소년    12
  4. 기타 신소외 청소년    13
 제3장 청소년 심층면접    15
  1. 개요    17
  2. 결과 분석    20
 제4장 청소년 전문가 심층면접    43
  1. 개요    45
  2. 결과 분석    47
 제5장 정책 제언    127
  1. 신소외 청소년 발굴 및 지원체계(안)    129