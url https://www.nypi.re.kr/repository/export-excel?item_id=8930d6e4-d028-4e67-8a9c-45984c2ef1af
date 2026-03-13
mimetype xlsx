--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>장근영||김윤희||정은주</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-26T10:32:31Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-26T10:32:31Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-26T10:32:31Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 연구 개요
 1. 연구의 필요성 및 목적	3
 2. 연구 내용	6
 1) 선행연구 고찰	6
 2) 청소년 정치참여 교육 교수·학습 모형 개발	6
 3) 청소년 정치참여 교수·학습 활동 가이드라인 제시	7
 4) 교재 개발 및 시범 운영	7
 3. 연구 방법	7
 1) 문헌연구	7
 2) 전문가 자문	7
 Ⅱ. 정치참여교육의 개념 및 선행연구 고찰
 1. 학교 정치참여교육의 중요성	11
 2. 청소년 정치참여 교육에 대한 개념적 이해	13
 1) 정치참여 교육의 정의	13
 2) 학교 정치참여교육의 개념 및 형태	15
 3) 학교 정치참여교육의 접근방식의 형태	16