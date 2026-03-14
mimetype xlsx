--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>한국청소년정책연구원 부설 학업중단예방 및 대안교육지원센터 꿈지락</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:12:23Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:12:23Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:12:23Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>1영역. 치유와 성찰
   1모듈. 자존감 형성
    1차시. 보배로다
   2모듈. 소중한 나를 만나다
    1차시. 과서를 돌아보고 자신을 종중하기
    2차시. 현재에 감사하고 고마움을 표현하기
    3차시. 미래를 상상하고 롤모델 발표하기
 2영역. 공동체적 관계
   1모듈. 도전하기
    1차시. 도구 만들기
    2차시. 너, 나, 우리는 할 수 있어
   2모듈. 소통하기
    1차시. 터놓고 말해요
    2차시. 몸으로 말해요
   3모듈. 협동하기
    1차시. 힘을 합쳐 문제를 해결하자