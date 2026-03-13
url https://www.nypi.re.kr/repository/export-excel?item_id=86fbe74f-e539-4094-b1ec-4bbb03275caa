--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>김영한||임지연</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:06:55Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:06:55Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:06:55Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>제Ⅰ장  서  론	 1
 1. 연구의 필요성 및 목적	 3
 2. 연구내용	 8
 3. 연구방법	 8
 제Ⅱ장  청소년 안전관련 정책 분석	 9
 1. 안전사고 관련 법ㆍ제도 현황 검토	 11
 2. 안전사고 예방 및 처벌에 관한 법령 검토	 14
 3. 정부의 안전관련 정책 검토	 18
 제Ⅲ장  국내외 유사사례 및 청소년활동안전센터 조직 분석 	 29
 1. 국내ㆍ외 안전관련 기구 분석	 31
 2. 청소년활동안전센터 조직 내용	 38
 제Ⅳ장  청소년활동안전센터의 중장기 전략 및 과제	 43
 1. 청소년활동안전센터의 위상제고를 위한 설치 근거 확보 및 독립적 운영체계 마련	 45
 2. 청소년수련시설 안전 유지관리 사업 계획 및 시행	 52
 3. 청소년수련시설 종합안전관리시스템 개발 실행	 52
 4. 청소년수련활동 안전공제회 설치	 53