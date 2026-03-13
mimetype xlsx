--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>최창욱||김영지</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:44:11Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:44:11Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2006</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>이 연구는 제2회 청소년 특별회의의제 선정 및 정책 개발을 위한 것으로서, 청소년특별회의 정책의제 선정을 위한 기초자료를 개발·제시하고 세부 추진과제를 발굴하여 정책과제화 하는 것을 목적으로 한다. 
 이를 위해 제2회 청소년특별회의 전체 일정과 유기적으로 결합하여 의제 선정, 청소년과 전문가로 구성된 의제연구팀 구성·운영, 정책과제 발굴·개발 등의 과정을 진행한다.</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:44:11Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 추진배경
 Ⅱ. 「청소년 성장의 사회지원망」개념 및 의의
 Ⅲ. 청소년 성장환경 관련 현황
  1. 청소년 성장환경 일반현황
  2. 위기(가능)청소년 성장환경
  3. 외국의 청소년 사회지원망 조성정책 사례
 Ⅳ. 정책비전 및 정책방향
  1. 정책비전
  2. 정책방향
 Ⅴ. 청소년 성장의 사회지원망 조성 정책과제
  1. 청소년특별회의 정책과제