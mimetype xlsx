--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>한국청소년정책연구원 부설 학업중단예방 및 대안교육지원센터 꿈지락</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:12:23Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:12:23Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:12:23Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>1영역 치유와 성찰
   1모듈. 자존감 형성
   1차시. 나는 보배
 2영역 공동체적 관계
   1모듈. 신뢰-관계 형성
   1차시. 서로 믿고 이해하기
 3영역 자기조절
   1모듈. 집중력 향상
   1차시. 보물을 찾아라!
   2모듈. 정서 조절
   1차시. 마음의 소리
   2차시. 내 마음의 색
 4영역 자기계발 / 진로탐색
   1모듈. 잠재하는 슬기나 재능을 탐색하고 향상하는 자기계발활동
   1차시. 내 마음의 모양
   2차시. 신비로운 별자리, 소중한 너