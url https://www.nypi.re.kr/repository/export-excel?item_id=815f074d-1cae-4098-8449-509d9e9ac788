--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>교육부||한국청소년정책연구원 학교폭력예방교육지원센터</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:11:43Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:11:43Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:11:43Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>1. 서울방배초등학교
    -'18~'19 달나무 어울림 프로그램 운영을 통한 학교폭력 없는 평화학교 만들기
 2. 석포초등학교
    -'18~'19 START 어울림 프로그램으로 소통하는 아름다운 별무리 만들기
 3. 대구동일초등학교
    -'18~'19 STF 어울림 프로그램을 통한 대인관계 능력 신장
 4. 회덕초등학교
    -'18~'19 꽃피움 어깨동무 프로그램 적용을 위한 또래관계 역량 신장
 5. 명덕초등학교
    -'18~'19 P.L.A.Y 프로그램 구안.적용을 통한 학교폭력예방 역량 함양
 6. 일죽초등학교
    -'18~'19 공감 DNA-UP 프로그램 운영을 통한 어울림 역량 신장 방안 연구
 7. 간성초등학교
    -'18~'19 다락방(多樂方)프로그램 개방을 통한 또래관계역량 신장
 8. 운천초등학교
    -'18~'19 마음이 열리는 E.A.R 어울림 소통학교