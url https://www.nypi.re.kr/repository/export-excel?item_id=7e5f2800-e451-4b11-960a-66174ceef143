--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>한국청소년정책연구원</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:07:19Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:07:19Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:07:19Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 학교 밖 청소년 디지털 역기능 예방 프로그램 목적 및 구성  1
 Ⅱ. 디지털 중독 예방 프로그램  15
 Ⅲ. 사이버 불링 예방 프로그램  37
 Ⅳ. 사이버 범죄 예방 프로그램  53
 Ⅴ-a. 성인물접촉 예방 프로그램(남)
 Ⅴ-b. 성인물접촉 예방 프로그램(여) 
 Ⅵ. 인터넷 도박 예방 프로그램   109
 Ⅶ. 청소년용 워크북   133</t>
         </is>
       </c>
       <c r="T2"/>
       <c r="U2"/>
       <c r="V2"/>
       <c r="W2" t="inlineStr">
         <is>
           <t>000000026591</t>