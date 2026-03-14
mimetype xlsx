--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>한국청소년개발원</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:36:23Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:36:23Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2004</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>이 연구는 ‘청소년특별회의’ 의제설정 과정에서 필요한 기초자료를 발간하여 청소년들의 의제설정 과정과 최종 정책의제화 과정에 객관적 근거자료를 지원하고자 수행되었다. 이를 위해 청소년 현황과 주요 정책과제의 국제적 흐름과 한국적 상황에 대한 기초분석을 통해 청소년특별회의 의제로 설정될 수 있는 청소년관련 문제나 이슈 등을 객관적?전문적 관점에서 영역화하고 분석?정리하였다.</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:36:23Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목차
 I. 청소년 관련 사회환경 변화
 II. 청소년특별회의 주요 의제별 현황과 과제
  1. 청소년과 인권·참여
  2. 청소년과 교육
  3. 청소년과 문화·여가
  4. 청소년과 보건·복지
  5. 청소년과 노동</t>
         </is>
       </c>
       <c r="T2"/>
       <c r="U2"/>