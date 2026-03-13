--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>윤철경||최인재||김윤나</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:47:17Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:47:17Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:47:17Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목 차
 Ⅰ. 서론
  1. 연구의 필요성 및 목적
  2. 연구내용 및 연구방법
   가. 학교 부적응 개념 및 유형 등에 대한 문헌연구
   나. 학교 부적응 학생 지원을 위한 국내정책 개요 분석
   다. 학교 부적응 학생 지원사업 전문가 의견조사
   라. 학교 부적응 학생 지원 사업 참여 학생·학부모 의견조사
   마. 학교 부적응 학생 지원사업의 현장 사레 조사
 Ⅱ. 선행연구분석
  1. 학교 부적응의 개념 및 유형화
   가. 학교 부적응의 개념
   나. 학교 부적응에 영향을 미치는 요인
   다. 학교 부적응 학생의 특성 및 유형
  2. 학교 부적응 학생 현황
  3. 학교 부적응 학생을 위한 지원 모형 및 영역