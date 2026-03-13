--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>임지연</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-26T10:32:31Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-26T10:32:31Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-26T10:32:31Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ 메타버스 선거랜드 개요 _ 1
 1. 메타버스 선거랜드의 목적 ·············································································2
 2. 상호 작용 및 소통 ·························································································2
 3. 메타버스 선거랜드 설계의 특징 ····································································3
 4. 추진내용 ··········································································································5
 5. 추진방법 ··········································································································7
 Ⅱ 메타버스 선거랜드 설계서 _ 9
 1. 메타버스 선거랜드 외부 공간 ······································································11
 ① 입장 및 퇴장 공간 ····························································································12
 ② 십자말풀이 ········································································································13
 ③ 선거 콘텐츠 전시 ······························································································14
 ④ 체험관 입구 ······································································································14
 ⑤ 숨은그림 찾기 ···································································································15
 2. 메타버스 선거랜드 투표체험관 ····································································16
 ① 사전투표 체험소 ································································································17
 ② 선거운동 알아보기 ····························································································17