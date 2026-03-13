--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>성윤숙||김현수</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:10:39Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:10:39Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:10:39Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서 론	1
 1. 연구의 필요성 및 목적	3
 2. 연구내용 및 연구방법	5
   1) 연구내용	5
   2) 연구방법	7
 Ⅱ. 이론적 배경	13
 1. 학교폭력 예방 어울림 프로그램	15
   1) 학교폭력 예방 역량 정의	16
   2) 역량별 프로그램의 목표 및 내용	17
 2. 학교폭력 예방 어울림 프로그램의 효과	24
 Ⅲ. 프로그램 운영 현황	31
 1. 운영 프로그램 역량 및 차시	33
   1) 학교급별 운영 역량 및 차시	33
   2) 학년별 운영 역량 수	38
 2. 프로그램 운영 방식	40
   1) 주된 프로그램 운영 방식	40