--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>강경균</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2025-04-24T15:02:43Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2025-04-24T15:02:43Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2025-04-24T15:02:43Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서 론 1
 1. 연구의 필요성 및 목적 3
 2. 연구내용 및 범위 4
 3. 연구방법 5
 4. 연구 추진 절차 6
 Ⅱ. 국내·외 청소년 진로 및 디지털 프로그램 동향 및 현황 7
 1. 국외 청소년 진로 및 디지털 관련 프로그램 동향 9
 2. 국내 청소년 진로 및 디지털 관련 프로그램 동향 16
 3. 청소년 진로 및 디지털 관련 프로그램 운영 현황 24
 4. 시사점 43
 Ⅲ. 청소년 진로 및 디지털 활동 프로그램 모형 개발 49
 1. 청소년시설에서의 청소년 진로 및 디지털 활동 프로그램 관련 사업 모형 51
 2. 청소년 진로 및 디지털 활동 프로그램 영역 및 내용 54
 3. 청소년 진로 및 디지털 활동 프로그램 모형(안) 개발 55
 4. 청소년 진로 및 디지털 활동 프로그램 모형 타당화 60
 Ⅳ. 청소년 진로 및 디지털 활동 프로그램 활성화 전략 73