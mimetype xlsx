--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>한국청소년정책연구원 부설 학업중단예방 및 대안교육지원센터 꿈지락</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:10:42Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:10:42Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:10:42Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>1모듈. 나를 찾아서
   - 1회기: 말로 해볼까
   - 2회기: 몸으로 해볼까
   - 3회기: 함께 해볼까
 2모듈. 소중한 나를 만나다
   - 1회기: 과거 돌아보기
   - 2회기: 현재 감사하기
   - 3회기: 미래 만나보기
 3모듈. 일상 속 치유상담
   - 1회기: 표현하자
   - 2회기: 영화보자
   - 3회기: 놀자
 4모듈. 만남과 매칭
   - 1회기: 첫 회기 상담
   - 2회기(선택1): 학교생활 기대 상담
   - 3회기(선택2): 강점 활용 상담</t>