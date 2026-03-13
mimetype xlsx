--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>배상률||이경상||임지연||이민정</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:08:34Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:08:34Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:08:34Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>제1장  서 론
 1. 연구의 필요성 및 목적
 2. 선행연구와의 차별성 및 본 연구의 성과
 3. 연구내용 및 연구방법
 1) 중국 출신 이주배경 청소년의 실태 파악
 2) 중국 출신 이주배경 청소년을 위한 정책적 방안 마련
 제2장  이론적 논의
 1. 중국 출신 이주배경 청소년의 현황
 2. 중국 출신 이주배경 청소년의 한국 사회적응 관련 요인
 1) 한국어 실력
 2) 가족상황에 대한 적응
 3) 학교에 대한 적응
 4) 아르바이트/일 경험
 5) 진로
 6) 사회적 인식
 7) 건강