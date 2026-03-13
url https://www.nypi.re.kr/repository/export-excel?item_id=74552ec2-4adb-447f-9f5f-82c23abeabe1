--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>김지경||최인재</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:06:53Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:06:53Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:06:53Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>제Ⅰ장 서  론	 1
 1. 연구 목적 및 필요성	 3
 2. 연구 내용 및 방법	 5
    1) 청소년을 둘러싼 환경 변화 및 정책 추진 여건의 분석	 5
    2)「제1차 청소년보호종합대책」에 대한 분석 및 평가	 6
    3)「제2차 청소년보호종합대책」의 방향과 기본 틀, 정책과제 도출	 8
 3. 연구의 추진체계 및 절차	 9
    1) 추진체계	 9
    2) 추진절차	 10
 제Ⅱ장 청소년보호에 대한 시각 및 환경･정책여건의 변화	 11
 1. 청소년보호에 대한 시각	 13
    1) 청소년보호의 의미와 정의	 13
    2) 국가의 청소년보호 역할에 대한 시대사적 관점	 14
 2. 청소년을 둘러싼 환경 변화	 15
    1) 미‧거시적 사회 환경의 변화	 15
    2) 유해 환경의 변화	 18