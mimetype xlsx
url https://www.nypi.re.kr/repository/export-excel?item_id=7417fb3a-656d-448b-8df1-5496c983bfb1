--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>임지연||이미영||황여정</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2024-08-02T13:58:48Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2024-08-02T13:58:48Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2024-08-02T13:58:48Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 존중과 배려 메타버스 체험학습 플랫폼 개요
   1. 메타버스 교육 플랫폼의 목적 2
   2. 상호 작용 및 소통 체험학습 도구개발- 시범활동 3
   3. 존중과 배려 메타버스 교육 플랫폼_설계의 특징 4
   4. 추진내용 – 존중과 배려 메타버스 체험학습 교육 플랫폼 8
   5. 추진절차 – 존중과 배려 메타버스 체험학습 교육플랫폼 13
 Ⅱ. 존중과 배려 메타버스 체험학습 플랫폼 설계서
   1. 이용안내 17
    ① 기본 조작방법 안내 17
    ② 이용안내 게시판 17
    ③ 녹화 및 스크린샷 방법 안내판 18
    ④ 선생님용 이용안내 게시판 18
    ⑤ 선생님용 수업일정표 18
   2. 입장존과 퇴장존 19
    ① 입장존 19
    ② 퇴장존 21