--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>김영지||전경숙||김민</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:26:07Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:26:07Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2003</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>본 연구는 선진국형 청소년프로그램에 대한 개념 및 개발방향 설정, 사회변화에 따른 청소년 프로그램의 현황과 요구 진단, 선진국의 청소년프로그램 사례조사 등을 통해, 한국사회에서 실질적으로 적용가능한 선진국형 청소년프로그램 개발계획을 수립·시행을 위한 기초연구를 수행하고자 한다.</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:26:07Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목 차 
 I. 서론
 1. 연구목적 및 필요성
 2. 연구내용 및 방법
 II.선진국형 청소년수련프로그램 개발배경과 방향
 1. 청소년수련프로그램 개발정책 개요
 1) 청소년수련프로그램 개발 현황
 2) 청소년수련활동정책의 방향
 2. 선진국형 청소년수련프로그램의 개념과 범위
 1) 논의의 전제
 2) 선진국형 청소년수련프로그램의 개념과 범위
 III.주요 외국의 청소년수련프로그램