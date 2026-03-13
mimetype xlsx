--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>이광호||길은배||최원기||맹영임||김민||전성민||심한기||김혁진||이용교||이창호||장여옥</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:18:21Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:18:21Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2002</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>본 연구는 국가적 차원의 청소년육성·지원정책의 추진과 효율성 제고를 위한 기본계획(안) 을 마련하고자 지난 청소년육성5개년계획(1998-2002)의 청소년인식과 정책방향 전환의 내용을 보다 구체적으로 실천하고 내실화하는 정책과제의 발굴과 실천 및 평가를 최우선 과제로 삼아 청소년정책의 방향을 a청소년의 자율참여와 권리 증진a을 바탕으로 한 사회변화와 발전을 위한 청소년과 성인의 파트너쉽a을 지향하며 청소년육성5개년계획(2003-2007)을 수립           하는 것에 목적을 두고 수행되었다. 이러한 목적을 달성하기 위하여 청소년육성5개년계획의 배경, 비젼과 추진전략, 중점추진과제, 추진체제의 정비 및 보강 등이 제시되었다.</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:18:21Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목  차 
 [청소년육성5개년계획 요약]
 1. 청소년육성5개년계획의 배경
 2. 청소년육성5개년계획의 비전과 추진전략
 3. 중점추진과제
  가. 청소년의 권리보장과 자율적 참여 제고를 위한 기반 확충
  나. 지역사회 중심의 청소년활동의 활성화와 내실화
  다. 정보네트워크 시대의 자발적 미래지향적 청소년문화 육성
  라. 청소년 교류 활성화와 세계시민의식 함양
  마. 청소년의 복지증진 및 자립지원
  바. 지역사회와 가정의 청소년육성 역할 활성화
 4. 추진 체제의 정비 및 보강</t>