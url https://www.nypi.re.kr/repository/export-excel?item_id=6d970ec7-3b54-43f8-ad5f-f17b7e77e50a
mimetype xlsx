--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>맹영임||이광호||김민||임연희</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:26:07Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:26:07Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2003</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:26:07Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>차 례 
 I. 서론
 1. 연구의 필요성 및 목적
 2. 연구의 내용 및 방법
 3. 연구의 대상 및 절차
 II.이론적 고찰
 1. 청소년과 청소년활동
 2. 청소년단체의 개념 및 의의
 3. 청소년단체의 유형구분
 III.청소년단체 운영실태 및 문제점
 1. 청소년단체 실태조사 개요
 2. 청소년단체 실태조사 결과
 3. 청소년단체 현황 및 문제점
 IV.청소년단체 활성화 및 발전방안 모색
 1. 청소년단체 발전방안의 기본전제 및 방향
 2. 청소년단체 조직 및 구조개선에 대한 제안