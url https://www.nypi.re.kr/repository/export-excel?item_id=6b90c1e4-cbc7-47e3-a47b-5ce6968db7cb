--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>한국청소년정책연구원||경실련(사)갈등해소센터||평화여성회 갈등해결센터</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:49:35Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:49:35Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:49:35Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목차
 제1장 또래조정 사례
 1. 또래조정 사례 - 초등부
 2. 또래조정 사례 - 중등부
 3. 또래조정 사례 - 고등부
 제2장 또래조정 활동 및 캠프 후기
 1. 또래조정 활동 및 캠프 후기 - 초등부
 2. 또래조정 활동 및 캠프 후기 - 중등부
 3. 또래조정 활동 및 캠프 후기 - 고등부
 제3장 교사 후기
 1. 울산 화진초등학교 교사 최병익
 2. 경남 내서중학교 교사 문성방
 3. 서산 중앙고등학교 교사 강석준</t>
         </is>
       </c>
       <c r="T2"/>