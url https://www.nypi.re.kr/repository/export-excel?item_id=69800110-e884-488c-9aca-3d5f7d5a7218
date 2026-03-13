--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>이경상||김기헌</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:44:42Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:44:42Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2007</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>추진배경
 - 청소년정책의 과학적 추진을 위한 조사통계 필요
 - 청소년통계종합정보DB시스템 구축 필요성 증대 
 - 통계조사와 종합정보DB시스템 구축을 위한 청소년통계인프라 확충 필요
 현황 및 문제점
 - 유해환경· 문제행동(청소년유해환경접촉종합실태조사)분야 외에 인권·  복지, 활동·  문화, 진로·  아르바이트 분야 등 조사 통계 미구축
 - 청소년통계DB간의 연계부족으로 접근성 및 활용도 미비
 - 청소년통계 전담부서·  인력·  예산 미비</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:44:42Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목 차 
 Ⅰ. 추진배경
 Ⅱ. 비전 및 추진전략
 Ⅲ. 추진과제
 Ⅳ. 중장기 활용방안