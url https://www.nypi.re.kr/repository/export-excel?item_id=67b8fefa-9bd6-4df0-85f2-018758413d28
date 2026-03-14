--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>국가청소년위원회</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:44:42Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:44:42Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2007</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:44:42Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목 차 
 Ⅰ. 서론
  1. 연구의 배경과 목적
  2. 연구의 내용과 방법
 Ⅱ. 청소년 독서활동의 의미와 실태
  1. 청소년 독서활동의 의미
  2. 청소년 독서활동 실태와 시사점
 Ⅲ. 청소년 독서정책 현황과 개선방향
  1. 청소년 독서문화 정책 현황과 개선방향
  2. 청소년 독서교육 정책 현황과 개선방향
  3. 청소년 독서활동 정책 현황과 개선방향
  4. 외국의 청소년 독서문화 활성화 정책과 사업
 Ⅳ. 결론 및 정책제언
  1. 연구결과 요약
  2. 청소년 독서문화 활성화 종합대책의 목표와 방향
  3. 청소년 독서문화 활성화 정책분야와 10대 정책과제