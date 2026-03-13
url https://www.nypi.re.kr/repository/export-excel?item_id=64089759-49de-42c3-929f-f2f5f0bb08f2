--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>노대명||김은경</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:05:34Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:05:34Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2000</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>본 연구는 인천지역 청소년문화Zone 설치 대상지역의 제반환경 및 청소년 관련시설의 문화 프로그램 운영실태를 조사하는 데 있다. 
 인천지역에 청소년문화Zone을 조성하기 위해서는 먼저, 사업이 실시될 지역의 경제적, 사회적 지리적, 문화적 여건에 대한 과학적인 조사가 진행되어야 한다. 그 다음으로 연구대상이 인천지역의 청소년이라는 점을 감안하여 연구의 기본방향은 인천의 지역적 특성과 인천지역 청소년들의 환경 및 욕구를 파악하는 것이 매우 중요할 것이다. 이러한 연구과정을 통해서 '인천'이라는 지역특성에 맞는 청소년 문화 프로그램을 개발할 수 있을 것이다.</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:05:34Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목 차
 Ⅰ. 서론
 1. 연구목적
 2. 연구대상 및 내용
 3. 연구방법
 4. 연구 기대효과 및 활용방안
 Ⅱ. 인천지역 제반환경
 1. 지역적 특징
 2. 인천지역 청소년문화
 Ⅲ. 개발대상지역 환경조사
 1. 문학산 지구