--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>황진구||좌동훈</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:11:45Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:11:45Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:11:45Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서론
    1. 연구의 배경 및 목적
    2. 연구의 내용과 방법
 Ⅱ. 유사 초등돌봄사업의 서비스 및 프로그램 현황
    1. 초등돌봄교실 서비스 및 프로그램
    2. 지역아동센터 서비스 및 프로그램
    3. 청소년방과후아카데미 서비스 및 프로그램
    4. 주요 시사점
 Ⅲ. 다함께돌봄센터 서비스 및 프로그램 수요자 요구 및 현황 분석
    1. 다함께돌봄센터 서비스 및 프로그램 수요자 요구 분석
    2. 다함께돌봄센터 서비스 및 프로그램 현황 분석
    3. 주요 시사점
 Ⅳ. 다함께돌봄센터 운영지원체계 사례와 현장 적용 프로그램(안) 개발방안
    1. 지방자치단체(서울시) 다함께돌봄센터 운영지원체계 사례
    2. 다함께돌봄센터 유형구분 방안에 대한 논의
    3. 다함께돌봄센터 현장 적용 프로그램(안)에 대한 논의