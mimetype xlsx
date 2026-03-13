--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>김정주||김진호||김혁진||성기원</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:18:21Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:18:21Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2002</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:18:21Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목차
 1. 서론
 2. 청소년문화의집 설치배경과 개요
  1) 청소년문화의 변화와 문화공간에 대한 요구
  2) 청소년문화의집의 개념과 기능
 3. 청소년문화의집 운영 실태 및 요구분석
  1) 청소년문화의집 운영실태 및 요구분석
  2) 주요 사례 및 면접내용 분석
 4. 설치.운영모형 개발방안
  1) 기본방향
  2) 설치모형의 개발 방안
  3) 운영모형의 개발 방안
 4. 기대효과와 추진과제</t>
         </is>
       </c>
       <c r="T2"/>