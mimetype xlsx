--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>최창욱||장근영</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:08:34Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:08:34Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:08:34Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서론
   1. 연구의 필요성 및 목적
   2. 연구내용 및 연구방법
 Ⅱ. 청소년활동과 청소년시설
   1. 청소년활동의 개념과 특징
   2. 청소년시설의 문제점과 개선방안
   3. 청소년시설 유형개편 국내외사례와 시사점
 Ⅲ. 청소년수련시설 유형개편 방안
   1. 청소년수련시설 유형 개편의 필요성과 의미
   2. 청소년센터의 서비스 체계 개편
   3. 청소년센터를 통한 새로운 변화와 혁신
 Ⅳ. 청소년기본법 및 청소년활동진흥법 개정(안)
   1. 청소년기본법 시행령 개정(안)
   2. 청소년활동진흥법 개정(안)
   3. 청소년활동진흥법 시행령 개정(안)
 참고문헌헌</t>