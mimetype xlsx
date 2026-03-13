--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>양계민||김민</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:12:24Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:12:24Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:12:24Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>I. 서론
 1. 연구의 필요성 및 목적	3
 2. 연구내용 및 방법	5
 3. 연구추진 체계	9
 Ⅱ. 이론적 배경
 1. 청소년 활동의 개념과 특성	13
 2. 청소년활동으로써의 청소년국제교류	15
 3. 선행연구 분석	20
 4. 비대면방식의 청소년활동과 청소년국제교류	26
 Ⅲ. 국내 청소년국제교류현황
 1. 중앙정부 차원의 청소년국제교류현황	39
 2. 지방자치단체의 청소년국제교류	60
 3. 국내 청소년국제교류사업의 효과성	63
 4. 소결	70
 Ⅳ. 청소년국제교류사업의 요구도
 1. 설문조사	75