--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>이창호||윤철경||최금해||김옥태</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:05:30Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:05:30Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:05:30Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>연구 요약	 5
 제1장 서 론	 15
 1. 연구의 필요성 및 목적	 16
 2. 주요 연구 내용	 17
 3. 연구 방법	 19
 가. 문헌연구 	 19
 나. 전문가 자문회의	 19
 다. 설문조사	 20
 제2장 한중 청소년의 온라인게임문화 및 산업	 21
 1. 양국의 온라인게임 문화 비교	 22
 가. 한국청소년의 온라인게임 문화	 22
 나. 중국청소년의 온라인게임 문화	 34
 2. 양국의 온라인게임 산업	 51
 가. 한국의 온라인게임 산업	 51
 나. 중국의 온라인게임 산업	 56
 3. 소결	 76