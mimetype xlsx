--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>길은배||이용교||김영지</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:08:16Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:08:16Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2001</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>본 연구는 청소년인권 실태와 변화양상을 파악하고 청소년인권 개선을 위한 국가 및 사회적 책임 이행 노력 정도와 인권정책 효과 평가를 위한 척도로 활용할 수 있는 청소년인권지표체계 개발이 목적이다. 또한, 청소년인권의 특성 자체가 절대적으로 수량화할 수 없는 복합적 개념임을 고려하여 이를 보다 효과적으로 측정·평가하여 청소년인권 신장에 기여할 수 있는 지표의 활용방안과 인권신장 방안을 제시하고자 한다.</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:08:16Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목 차
 Ⅰ. 서론
 Ⅱ. 청소년 인권지표에 관한 이론적 고찰
  1. 청소년인권과 지표개발의 의의
  2. 청소년 인권지표의 구성과 내용
 Ⅲ. 청소년 인권지표 관련 사례분석
  1. 국내 청소년 인권지표 관련 사례
  2. 국외 청소년 인권지표 관련 사례
  3. 청소년 인권지표체계 구성을 위한 시사점
 Ⅳ. 청소년 인권지표체계의 구비조건과 개발과정
  1. 청소년 인권지표체계 개발의 방향과 조건
  2. 청소년 인권지표체계 개발과정