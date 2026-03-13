--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>모상현||최지윤||문은솔</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2025-07-15T11:26:49Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2025-07-15T11:26:49Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2025-07-15T11:26:49Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 학교폭력 예방 컨설팅의 이해
    1. 학교폭력 예방 컨설팅의 개념
    2. 컨설팅단의 역할
    3. 컨설팅 방법
    4. 컨설팅 단계별 중점 점검 사항 및 체크리스트
    5. 컨설팅 가이드 영상
 Ⅱ. 학교폭력 예방 컨설팅 운영
    1. 학교폭력 예방교육 컨설팅 운영
    2. 학교폭력 예방교육 교육과정 적용 방안 및 사례
    3. 학교폭력 예방활동 컨설팅 운영
    4. 학교폭력 예방활동 운영 사례
    5. 모두의 학교를 위한 '학교문화 책임규약' 컨설팅 운영 및 사례
 Ⅲ. 학교폭력 예방 컨설팅 방식
    1. 협의회식 컨설팅
    2. 현장방문형 컨설팅
    3. 맞춤형 컨설팅