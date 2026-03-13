--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>김영한||유성렬||임성택||주동범</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:06:53Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:06:53Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:06:53Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서  론	 1
 1. 연구배경 및 목적	 3
 2. 연구방법	 5
 3. 연구내용	 6
 Ⅱ. 청소년활동 환경 분석	 7
 1. 청소년인구 변화와 청소년배치기준 변화	 9
 2. 자유학기제 시행과 청소년체험활동 변화	 10
 3. 창의적 체험활동 확대 시행과 청소년체험활동 변화	 23
 4. 청소년수련시설의 공급 및 운영 환경 변화	 27
 Ⅲ. 수련시설의 공급 및 수요 산정에 대한 이론적 배경	 33
 1. 개념 및 정의	 35
 2. 공급이론 및 입지이론	 36
 3. 수요예측 방법	 42
 Ⅳ. 청소년수련시설 이용 실태 분석	 47
 1. 청소년수련시설 유형별 청소년 이용 실태	 49
 Ⅴ. 청소년 수련시설 수요량 산정 결과	 135