--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>고정식||길은배||이종원</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-07-04T16:39:39Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-07-04T16:39:39Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2004</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-07-04T16:39:39Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서론
 Ⅱ. 동북아 문화공동체 형성을 위한 청소년교류의 이론적 기초
 Ⅲ. 동북아지역 청소년교류의 법ㆍ제도 분석 : 한국
 Ⅳ. 동북아지역 청소년교류의 법ㆍ제도 분석 : 중국
 Ⅴ. 동북아지역 청소년교류의 법ㆍ제도 분석 : 일본
 Ⅵ. 동북아지역 청소년교류 실태와 장애요인 분석
 Ⅶ. 동북아지역 청소년교류 협력 방안에 관한 조사결과 분석
 Ⅷ. 동북아 문화공동체 형성을 위한 청소년교류 활성화 방안
 Ⅸ. 요약 및 제언</t>
         </is>
       </c>
       <c r="T2"/>
       <c r="U2"/>
       <c r="V2"/>
       <c r="W2" t="inlineStr">
         <is>