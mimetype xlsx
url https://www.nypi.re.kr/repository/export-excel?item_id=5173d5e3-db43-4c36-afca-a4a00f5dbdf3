--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>김정주||길은배||정화수</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:01:28Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:01:28Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>1999</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>이 연구에서는 청소년의 지역사회 중심의 참여활동에 대한 사례를 발굴하여 소개함으로써 청소년참여에 대한 이해를 확산하고, 이러한 사례를 분석하여 청소년참여 활성화를 위한 요인들을 분석하였다. 이러한 연구결과는 청소년참여에 대한 인식전환과 효과적인 청소년참여 프로그램 개발을 위한 자료로 활용될 수 있을 것이다.</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:01:28Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목  차 
 Ⅰ. 서론
 Ⅱ. 이론적 배경
   1. 청소년 참여의 개념과 의의
   2. 청소년 참여의 수준과 범위
 Ⅲ. 청소년 참여의 세계적 동향 
   1. UN에서 청소년 참여
   2. 지역별 청소년참여의 동향
 Ⅳ. 청소년 참여의 사례분석
   1. 청소년 참여의 사례
   2. 청소년 참여의 사례분석 결과
 Ⅴ. 청소년 참여 프로그램 운영 방안