--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>김영한||송병국||오홍석</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:44:42Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:44:42Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2007</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:44:42Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목 차 
 제1장 서론
 제2장 조사개요
  1. 조사대상
  2. 조사방법 및 시기
  3. 조사내용
  4. 조사실사
  5. 조사결과 분석
 제3장 실태분석결과
  1. 기초통계분석
  2. 규제순응도 평균 분석
  3. 규제항목별 규제준수도 분석
 제4장 결론 및 정책제언
  1. 결론
  2. 정책제언
 참고문헌