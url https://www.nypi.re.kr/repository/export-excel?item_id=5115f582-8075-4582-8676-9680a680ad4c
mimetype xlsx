--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>양계민||김지경||김지연||이종원</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:04:19Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:04:19Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:04:19Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목차
 제1장 서론
     1. 2013 또래조정사업의 배경 및 목적
     2. 2013 또래조정사업의 내용
 제2장 또래조정 국내외 사례
     1. 도입
     2. 국내 제도 도입 현황
     3. 해외의 또래조정 프로그램 모델과 사례
     4. 국내외 사례의 시사점
     5. 또래조정의 이슈와 쟁점
 제3장 또래조정사업의 현황 및 실태
     1. 또래조정사업의 현황
     2. 또래조정사업의 학교별 운영 실태
     3. 요약
 제4장 또래조정시범사업의 효과 및 만족도
     1. 또래조정사업의 효과