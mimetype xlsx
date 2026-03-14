--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>임지연</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:08:00Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:08:00Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:08:00Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 화랑전시관 프로그램 개요	 1
 1. 프로그램 기본방향	 3
 2. 화랑전시관 시설개요	 4
 3. 화랑전시관 프로그램의 목표	 8
 4. 화랑전시관 프로그램 구성과 활용	 9
   1) 화랑전시관 프로그램의 구성 체계	 9
   2) 프로그램의 활용	 12
 5. 프로그램 논리와 평가	 14
   1) 화랑전시관 프로그램에 대한 이해	 14
   2) 화랑전시관의 프로그램 개발방향	 15
   3) 프로그램 논리 : 화랑전시관 프로그램의 흐름도	 16
 Ⅱ. 화랑전시관 단위프로그램 개발	 17
 - 지상 1층
  1. 화랑의 시대-삼국 통일의 씨앗	 19
  2. 화랑으로 피어난 꽃	 27
  3. 통일을 이루다	 36